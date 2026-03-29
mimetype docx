--- v0 (2026-02-12)
+++ v1 (2026-03-29)
@@ -72,51 +72,51 @@
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">(Eleição Eleições Secretariado Abril_2025)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Local do Sistema de Votação, 12 de fevereiro de 2026</w:t>
+        <w:t xml:space="preserve">Local do Sistema de Votação, 29 de março de 2026</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="both"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pelas 18 horas e 06 minutos do dia 02 de abril de 2025, no Local do Sistema de Votação, decorreu o processo de Eleições Secretariado Abril_2025, que contou com a participação de 10 votantes de um total previsto de 10.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1016,51 +1016,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:caps w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">SISTEMA DE VOTAÇÃO - A SUA VOZ IMPORTA!</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Local do Sistema de Votação, aos 12 de fevereiro de 2026</w:t>
+        <w:t xml:space="preserve">Local do Sistema de Votação, aos 29 de março de 2026</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">A Comissão Eleitoral</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>